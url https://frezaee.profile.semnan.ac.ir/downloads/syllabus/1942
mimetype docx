--- v0 (2025-10-20)
+++ v1 (2025-12-07)
@@ -264,51 +264,51 @@
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="004C0E17">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0007479E">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005908E6" w:rsidRDefault="006B3CAE" w:rsidP="0007479E">
+    <w:p w:rsidR="005908E6" w:rsidRDefault="006B3CAE" w:rsidP="00535676">
       <w:pPr>
         <w:spacing w:after="0" w:line="192" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005908E6">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="IranNastaliq"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>دانشکده</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="IranNastaliq" w:hint="cs"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
@@ -338,79 +338,89 @@
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidR="006B0268">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">                       </w:t>
       </w:r>
+      <w:r w:rsidR="00535676">
+        <w:rPr>
+          <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">               </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005908E6">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>نیمسال اول/دوم سال تحصیلی ..</w:t>
+        <w:t xml:space="preserve">نیمسال اول/دوم سال تحصیلی </w:t>
       </w:r>
-      <w:r w:rsidR="008C5DD0">
+      <w:r w:rsidR="00535676">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>99-98</w:t>
+        <w:t>1404-1405</w:t>
       </w:r>
       <w:r w:rsidRPr="005908E6">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
       <w:r w:rsidR="006B0268">
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
@@ -661,50 +671,60 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005908E6">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>فارسی:</w:t>
             </w:r>
             <w:r w:rsidR="008C5DD0">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve"> رشد </w:t>
             </w:r>
+            <w:r w:rsidR="00535676">
+              <w:rPr>
+                <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">جسمانی و </w:t>
+            </w:r>
             <w:r w:rsidR="001C07CB">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>حرکتی درطول عمر</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="975" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="005908E6" w:rsidRPr="00047D53" w:rsidRDefault="005908E6" w:rsidP="00B97D71">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
@@ -1338,122 +1358,122 @@
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E13C35">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>نحوه ارزشیابی</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A6B1B" w:rsidTr="007A6B1B">
         <w:trPr>
           <w:trHeight w:val="278"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007A6B1B" w:rsidRPr="00FE7024" w:rsidRDefault="00612639" w:rsidP="007A6B1B">
+          <w:p w:rsidR="007A6B1B" w:rsidRPr="00FE7024" w:rsidRDefault="006606A3" w:rsidP="007A6B1B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>80</w:t>
+              <w:t>70</w:t>
             </w:r>
             <w:r w:rsidR="00664550">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>درصد</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007A6B1B" w:rsidRPr="00FE7024" w:rsidRDefault="00612639" w:rsidP="007A6B1B">
+          <w:p w:rsidR="007A6B1B" w:rsidRPr="00FE7024" w:rsidRDefault="006606A3" w:rsidP="007A6B1B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>10 درصد</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="007A6B1B" w:rsidRPr="00FE7024" w:rsidRDefault="00612639" w:rsidP="007A6B1B">
+          <w:p w:rsidR="007A6B1B" w:rsidRPr="00FE7024" w:rsidRDefault="006606A3" w:rsidP="007A6B1B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1529,89 +1549,101 @@
       <w:tr w:rsidR="00C1549F" w:rsidTr="004B094A">
         <w:trPr>
           <w:trHeight w:val="1115"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8635" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w:rsidR="00C1549F" w:rsidRPr="004B094A" w:rsidRDefault="00C1549F" w:rsidP="00C1549F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Nazanin"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00C1549F" w:rsidRDefault="001C07CB" w:rsidP="00A571A2">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
+                <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>رشد و حرکتی پاین و ایساکس</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001C07CB" w:rsidRPr="004B094A" w:rsidRDefault="001C07CB" w:rsidP="00A571A2">
+          <w:p w:rsidR="001C07CB" w:rsidRPr="004B094A" w:rsidRDefault="001C07CB" w:rsidP="006606A3">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>رشد حرکتی درطول عمر هیوود و گالاهو</w:t>
-            </w:r>
+              <w:t xml:space="preserve">رشد حرکتی درطول عمر هیوود و </w:t>
+            </w:r>
+            <w:r w:rsidR="006606A3">
+              <w:rPr>
+                <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>گچل</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00C1549F" w:rsidRDefault="00C1549F" w:rsidP="00C1549F">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00C1549F" w:rsidRDefault="00C1549F" w:rsidP="00C1549F">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="Titr"/>
                 <w:sz w:val="28"/>
@@ -2217,61 +2249,51 @@
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006B3CAE" w:rsidRPr="00FE7024" w:rsidRDefault="001C07CB" w:rsidP="001C07CB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t xml:space="preserve">مقایسه رشد حرکتی ابتدایی و درحال رشد و </w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">پیشرفته در مهارت پرتاب کردن و گرفتن </w:t>
+              <w:t xml:space="preserve">مقایسه رشد حرکتی ابتدایی و درحال رشد و پیشرفته در مهارت پرتاب کردن و گرفتن </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1078" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006B3CAE" w:rsidRPr="00E32E53" w:rsidRDefault="006B3CAE" w:rsidP="006B0268">
             <w:pPr>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E32E53">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
@@ -2314,61 +2336,51 @@
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006B3CAE" w:rsidRPr="00FE7024" w:rsidRDefault="001C07CB" w:rsidP="001C07CB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t xml:space="preserve">مقایسه رشد حرکتی ابتدایی و درحال رشد و پیشرفته در مهارت </w:t>
-[...9 lines deleted...]
-              <w:t>ضربه زدن بادست و پا</w:t>
+              <w:t>مقایسه رشد حرکتی ابتدایی و درحال رشد و پیشرفته در مهارت ضربه زدن بادست و پا</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1078" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006B3CAE" w:rsidRPr="00E32E53" w:rsidRDefault="006B3CAE" w:rsidP="006B0268">
             <w:pPr>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E32E53">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
@@ -2672,81 +2684,51 @@
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006B3CAE" w:rsidRPr="00FE7024" w:rsidRDefault="00FB1753" w:rsidP="00FB1753">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t xml:space="preserve">رشد عملکرد حرکتی در فاکتورهای جسمانی </w:t>
-[...29 lines deleted...]
-              <w:t>انعطاف</w:t>
+              <w:t>رشد عملکرد حرکتی در فاکتورهای جسمانی قدرت و انعطاف</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1078" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006B3CAE" w:rsidRPr="00E32E53" w:rsidRDefault="006B3CAE" w:rsidP="006B0268">
             <w:pPr>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E32E53">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
@@ -3070,83 +3052,93 @@
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>بررسی و بحث د</w:t>
             </w:r>
             <w:r w:rsidR="00FB1753">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>رباره مقالات مرتبط با رشد حرکتی در طول عمر</w:t>
-[...2 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+              <w:t xml:space="preserve">رباره مقالات مرتبط با رشد حرکتی در </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB1753">
+              <w:rPr>
+                <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>طول عمر</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1078" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006B3CAE" w:rsidRPr="00E32E53" w:rsidRDefault="006B3CAE" w:rsidP="006B0268">
             <w:pPr>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E32E53">
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006B3CAE" w:rsidTr="00FE7024">
         <w:trPr>
           <w:trHeight w:val="197"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006B3CAE" w:rsidRPr="00FE7024" w:rsidRDefault="006B3CAE" w:rsidP="006B0268">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
@@ -3305,237 +3297,239 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="005908E6" w:rsidRPr="005908E6" w:rsidRDefault="005908E6" w:rsidP="0007479E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="IranNastaliq"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005908E6" w:rsidRPr="005908E6" w:rsidSect="0007479E">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000432C5" w:rsidRDefault="000432C5" w:rsidP="0007479E">
+    <w:p w:rsidR="007C2031" w:rsidRDefault="007C2031" w:rsidP="0007479E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000432C5" w:rsidRDefault="000432C5" w:rsidP="0007479E">
+    <w:p w:rsidR="007C2031" w:rsidRDefault="007C2031" w:rsidP="0007479E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020503050405090304"/>
+    <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0000AFF" w:usb1="00007843" w:usb2="00000001" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="IranNastaliq">
     <w:altName w:val="Arial Unicode MS"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="61002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Titr">
-    <w:panose1 w:val="00000700000000000000"/>
+    <w:altName w:val="Courier New"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+    <w:sig w:usb0="00002000" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Mitra">
-    <w:panose1 w:val="00000400000000000000"/>
+    <w:altName w:val="Courier New"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+    <w:sig w:usb0="00002000" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Lotus">
-    <w:panose1 w:val="00000700000000000000"/>
+    <w:altName w:val="Courier New"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+    <w:sig w:usb0="00002000" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Titr">
-    <w:panose1 w:val="00000700000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Nazanin">
     <w:altName w:val="Courier New"/>
-    <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000432C5" w:rsidRDefault="000432C5" w:rsidP="0007479E">
+    <w:p w:rsidR="007C2031" w:rsidRDefault="007C2031" w:rsidP="0007479E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000432C5" w:rsidRDefault="000432C5" w:rsidP="0007479E">
+    <w:p w:rsidR="007C2031" w:rsidRDefault="007C2031" w:rsidP="0007479E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005908E6"/>
     <w:rsid w:val="000432C5"/>
     <w:rsid w:val="00043444"/>
     <w:rsid w:val="00047D53"/>
     <w:rsid w:val="0007479E"/>
     <w:rsid w:val="001A24D7"/>
     <w:rsid w:val="001C07CB"/>
     <w:rsid w:val="0023366D"/>
     <w:rsid w:val="00241224"/>
     <w:rsid w:val="00321206"/>
     <w:rsid w:val="003D23C3"/>
     <w:rsid w:val="004B094A"/>
     <w:rsid w:val="004C0E17"/>
+    <w:rsid w:val="00535676"/>
     <w:rsid w:val="00552C78"/>
     <w:rsid w:val="005908E6"/>
     <w:rsid w:val="005B71F9"/>
     <w:rsid w:val="00612639"/>
     <w:rsid w:val="006261B7"/>
+    <w:rsid w:val="006606A3"/>
     <w:rsid w:val="00664550"/>
     <w:rsid w:val="006B0268"/>
     <w:rsid w:val="006B3CAE"/>
     <w:rsid w:val="00716472"/>
     <w:rsid w:val="007367C0"/>
     <w:rsid w:val="00743C43"/>
     <w:rsid w:val="007A6B1B"/>
+    <w:rsid w:val="007C2031"/>
     <w:rsid w:val="00891C14"/>
     <w:rsid w:val="008C5DD0"/>
     <w:rsid w:val="008D2DEA"/>
     <w:rsid w:val="0095373F"/>
     <w:rsid w:val="00A571A2"/>
     <w:rsid w:val="00A801E3"/>
     <w:rsid w:val="00B97D71"/>
     <w:rsid w:val="00BA17C2"/>
     <w:rsid w:val="00BE73D7"/>
     <w:rsid w:val="00BF7CC0"/>
     <w:rsid w:val="00C1549F"/>
     <w:rsid w:val="00C84F12"/>
+    <w:rsid w:val="00D5571C"/>
     <w:rsid w:val="00DB07BA"/>
     <w:rsid w:val="00E00030"/>
     <w:rsid w:val="00E13C35"/>
     <w:rsid w:val="00E31D17"/>
     <w:rsid w:val="00E32E53"/>
     <w:rsid w:val="00F760F3"/>
     <w:rsid w:val="00FA3054"/>
     <w:rsid w:val="00FB1753"/>
     <w:rsid w:val="00FE7024"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -3724,65 +3718,58 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="005908E6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001A24D7"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -4014,65 +4001,58 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="005908E6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001A24D7"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -4385,68 +4365,67 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1436</Characters>
+  <Pages>2</Pages>
+  <Words>253</Words>
+  <Characters>1446</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
+  <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1684</CharactersWithSpaces>
+  <CharactersWithSpaces>1696</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
   <dc:creator>AMOZESH</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>